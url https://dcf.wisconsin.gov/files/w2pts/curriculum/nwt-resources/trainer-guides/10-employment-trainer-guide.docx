--- v0 (2025-12-15)
+++ v1 (2026-03-21)
@@ -2784,68 +2784,82 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and serving area, monitoring students during the lunch hour, take down of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>lunch room</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and serving area </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DFCE212" w14:textId="5069AE2A" w:rsidR="00F47B1F" w:rsidRPr="00F47B1F" w:rsidRDefault="00F47B1F" w:rsidP="00F47B1F">
+    <w:p w14:paraId="6DFCE212" w14:textId="583CC8FE" w:rsidR="00F47B1F" w:rsidRPr="00F47B1F" w:rsidRDefault="00F47B1F" w:rsidP="00F47B1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Expected Schedule: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Tuesday through Thursday 8:15am to 2:15pm</w:t>
+        <w:t>Tuesday through Thursday 8:</w:t>
+      </w:r>
+      <w:r w:rsidR="006F77EE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>5am to 2:15pm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="428E0448" w14:textId="0CC0E5CD" w:rsidR="00F47B1F" w:rsidRPr="00F47B1F" w:rsidRDefault="00F47B1F" w:rsidP="00F47B1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Benefits Offered: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>None of the Above</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35521173" w14:textId="32ABE7EA" w:rsidR="00F47B1F" w:rsidRPr="00F47B1F" w:rsidRDefault="00F47B1F" w:rsidP="00F47B1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -6387,74 +6401,58 @@
       </w:r>
       <w:r w:rsidR="001D30DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149B7765" w14:textId="77777777" w:rsidR="00497BFA" w:rsidRDefault="00497BFA" w:rsidP="00366137"/>
     <w:p w14:paraId="07F43FB2" w14:textId="0ECD26F1" w:rsidR="007703A7" w:rsidRPr="0081452A" w:rsidRDefault="007703A7" w:rsidP="007703A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081452A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>**After all updates are complete, tell learners to submit the EP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, and remind them to reply once they have submitted </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>, and remind them to reply once they have submitted it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081452A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>it</w:t>
-[...14 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5C31ED" w14:textId="77777777" w:rsidR="007703A7" w:rsidRDefault="007703A7" w:rsidP="00366137"/>
     <w:p w14:paraId="55826CEE" w14:textId="684CAC69" w:rsidR="00920A53" w:rsidRPr="00882C15" w:rsidRDefault="00CC18E7" w:rsidP="00920A53">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc208388915"/>
       <w:r>
         <w:t>Brittany and Viktor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="6662F1B1" w14:textId="1762EBFE" w:rsidR="00032D0C" w:rsidRDefault="00054D32" w:rsidP="00CC18E7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc208388916"/>
       <w:r>
         <w:t>CWW</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="0DCF164C" w14:textId="77777777" w:rsidR="00CC18E7" w:rsidRDefault="00CC18E7" w:rsidP="00CC18E7">
       <w:pPr>
@@ -6530,54 +6528,51 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F2716">
         <w:t>receives</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C107C2">
         <w:t>one</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or less paychecks in h</w:t>
       </w:r>
       <w:r w:rsidR="00C107C2">
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> first month of employment, the learner must create an additional month to show full income</w:t>
       </w:r>
       <w:r w:rsidR="005026C6">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FA30F6">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>CWW shows the month the furthest into the future first. To review prior months, click the Previous Effective Month button.</w:t>
+        <w:t xml:space="preserve"> CWW shows the month the furthest into the future first. To review prior months, click the Previous Effective Month button.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C48BCED" w14:textId="2DBB81B3" w:rsidR="00546AD7" w:rsidRDefault="00546AD7" w:rsidP="00546AD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Check all the months the learner created for Viktor to ensure they are accurate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C21EB32" w14:textId="44A858BA" w:rsidR="00546AD7" w:rsidRPr="00096544" w:rsidRDefault="00546AD7" w:rsidP="00546AD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
@@ -11467,74 +11462,58 @@
       <w:r w:rsidR="00C56E22">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFE2684" w14:textId="77777777" w:rsidR="00C041D3" w:rsidRDefault="00C041D3" w:rsidP="007703A7"/>
     <w:p w14:paraId="2211B57B" w14:textId="79F77F16" w:rsidR="007703A7" w:rsidRPr="0081452A" w:rsidRDefault="007703A7" w:rsidP="007703A7">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081452A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>**After all updates are complete, tell learners to submit the EP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, and remind them to reply once they have submitted </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>, and remind them to reply once they have submitted it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081452A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>it</w:t>
-[...14 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AE4E9C" w14:textId="77777777" w:rsidR="00D6070E" w:rsidRDefault="00D6070E" w:rsidP="0000162F"/>
     <w:p w14:paraId="410DAACE" w14:textId="03865001" w:rsidR="00D6070E" w:rsidRPr="00044A1A" w:rsidRDefault="00D6070E" w:rsidP="00D6070E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc208388919"/>
       <w:r w:rsidRPr="00044A1A">
         <w:t>Chantelle</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="703FB586" w14:textId="77777777" w:rsidR="00271513" w:rsidRDefault="00271513" w:rsidP="00271513">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc208388920"/>
       <w:r>
         <w:t>CWW</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="5723C4CC" w14:textId="77777777" w:rsidR="00271513" w:rsidRDefault="00271513" w:rsidP="00271513">
       <w:pPr>
@@ -11590,54 +11569,51 @@
       <w:r>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00657D8A">
         <w:t>Chantelle</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00675A29">
         <w:t>receives</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> one or less paychecks in h</w:t>
       </w:r>
       <w:r w:rsidR="00657D8A">
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> first month of employment, the learner must create an additional month to show full income</w:t>
       </w:r>
       <w:r w:rsidR="00680D4F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AC0095">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>CWW shows the month the furthest into the future first. To review prior months, click the Previous Effective Month button.</w:t>
+        <w:t xml:space="preserve"> CWW shows the month the furthest into the future first. To review prior months, click the Previous Effective Month button.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="483D8510" w14:textId="77777777" w:rsidR="00680D4F" w:rsidRDefault="00680D4F" w:rsidP="00680D4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Check all the months the learner created for Ana to ensure they are accurate. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A44024" w14:textId="5927FA0E" w:rsidR="00680D4F" w:rsidRPr="00096544" w:rsidRDefault="00680D4F" w:rsidP="00680D4F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
@@ -15373,67 +15349,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78389ACC" w14:textId="77777777" w:rsidR="00664C30" w:rsidRDefault="00664C30" w:rsidP="00664C30">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AF65CB7" w14:textId="4E32363F" w:rsidR="00664C30" w:rsidRPr="00664C30" w:rsidRDefault="00664C30" w:rsidP="00664C30">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00664C30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">**After all updates are complete, tell learners to submit the EP, and remind them to reply once they have submitted </w:t>
-[...15 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>**After all updates are complete, tell learners to submit the EP, and remind them to reply once they have submitted it.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6441E87A" w14:textId="77777777" w:rsidR="00D6070E" w:rsidRDefault="00D6070E" w:rsidP="00D6070E"/>
     <w:p w14:paraId="6E22D193" w14:textId="77777777" w:rsidR="00664C30" w:rsidRDefault="00664C30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:kern w:val="28"/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC26631" w14:textId="3B921455" w:rsidR="00147075" w:rsidRDefault="00147075" w:rsidP="000A11CB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc208388922"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Quia Activities</w:t>
       </w:r>
@@ -16031,65 +15991,65 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA5B16">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>your cases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62212A64" w14:textId="77777777" w:rsidR="00DF46CD" w:rsidRPr="00DF46CD" w:rsidRDefault="00DF46CD" w:rsidP="00DF46CD"/>
     <w:sectPr w:rsidR="00DF46CD" w:rsidRPr="00DF46CD">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C56EDE4" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="328A8214" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0" w:rsidP="00CE3BB0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="553FE3F9" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="38E2630F" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0" w:rsidP="00CE3BB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68DA0969" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6"/>
+    <w:p w14:paraId="5604255B" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -16127,51 +16087,51 @@
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09D2D042" w14:textId="18D787CA" w:rsidR="00D021C0" w:rsidRDefault="00D021C0" w:rsidP="00D021C0">
+  <w:p w14:paraId="09D2D042" w14:textId="3F97F25B" w:rsidR="00D021C0" w:rsidRDefault="00D021C0" w:rsidP="00D021C0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>DFES/Partner Training Team</w:t>
     </w:r>
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -16186,173 +16146,139 @@
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>18</w:t>
     </w:r>
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00B652C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="006F77EE">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...17 lines deleted...]
-      <w:t>/25</w:t>
+      <w:t>01/08/26</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C273E02" w14:textId="024CC329" w:rsidR="00954D46" w:rsidRPr="0073714C" w:rsidRDefault="0073714C" w:rsidP="0073714C">
+  <w:p w14:paraId="3C273E02" w14:textId="7FFE2141" w:rsidR="00954D46" w:rsidRPr="0073714C" w:rsidRDefault="0073714C" w:rsidP="0073714C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="001C0473">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>S:…</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="000352C4">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>\\New_Worker_Training\Guides\</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Trainer\</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>10_Employment_Trainer</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Guide_0</w:t>
+      <w:t>Guide_</w:t>
     </w:r>
-    <w:r w:rsidR="00FA7D57">
+    <w:r w:rsidR="006F77EE">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9</w:t>
-[...15 lines deleted...]
-      <w:t>25</w:t>
+      <w:t>010826</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="053C4B77" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="7AE391DA" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0" w:rsidP="00CE3BB0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12BD9593" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="6DF7A802" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0" w:rsidP="00CE3BB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="78F804C0" w14:textId="77777777" w:rsidR="00D93EC6" w:rsidRDefault="00D93EC6"/>
+    <w:p w14:paraId="6D8EAE60" w14:textId="77777777" w:rsidR="004B6BB0" w:rsidRDefault="004B6BB0"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="684FC296" w14:textId="6429650E" w:rsidR="00954D46" w:rsidRPr="00CE3BB0" w:rsidRDefault="00E25B49" w:rsidP="00CE3BB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="thickThinSmallGap" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Employment</w:t>
     </w:r>
     <w:r w:rsidR="00954D46" w:rsidRPr="00CE3BB0">
       <w:rPr>
@@ -18356,50 +18282,51 @@
     <w:rsid w:val="000F74BE"/>
     <w:rsid w:val="00100EC5"/>
     <w:rsid w:val="001032A6"/>
     <w:rsid w:val="001036DF"/>
     <w:rsid w:val="00103FC9"/>
     <w:rsid w:val="00104AFD"/>
     <w:rsid w:val="00104C0E"/>
     <w:rsid w:val="001057E2"/>
     <w:rsid w:val="00106E60"/>
     <w:rsid w:val="001103A8"/>
     <w:rsid w:val="001130ED"/>
     <w:rsid w:val="001201BE"/>
     <w:rsid w:val="001212B1"/>
     <w:rsid w:val="0012179A"/>
     <w:rsid w:val="001217F5"/>
     <w:rsid w:val="00121A58"/>
     <w:rsid w:val="0012215D"/>
     <w:rsid w:val="001227AE"/>
     <w:rsid w:val="00122B45"/>
     <w:rsid w:val="00126114"/>
     <w:rsid w:val="00126F59"/>
     <w:rsid w:val="0012716D"/>
     <w:rsid w:val="001345EE"/>
     <w:rsid w:val="00134D42"/>
     <w:rsid w:val="0014115D"/>
+    <w:rsid w:val="00141B62"/>
     <w:rsid w:val="00141CC5"/>
     <w:rsid w:val="00142F23"/>
     <w:rsid w:val="00143235"/>
     <w:rsid w:val="001434F3"/>
     <w:rsid w:val="00144920"/>
     <w:rsid w:val="00147075"/>
     <w:rsid w:val="00147FDA"/>
     <w:rsid w:val="00157207"/>
     <w:rsid w:val="00160B9C"/>
     <w:rsid w:val="001679E5"/>
     <w:rsid w:val="00170A50"/>
     <w:rsid w:val="00170F3E"/>
     <w:rsid w:val="0017149A"/>
     <w:rsid w:val="00171E43"/>
     <w:rsid w:val="00171F2F"/>
     <w:rsid w:val="0017381A"/>
     <w:rsid w:val="001749F1"/>
     <w:rsid w:val="001777A4"/>
     <w:rsid w:val="00180A27"/>
     <w:rsid w:val="0018129F"/>
     <w:rsid w:val="00184EE5"/>
     <w:rsid w:val="0018512F"/>
     <w:rsid w:val="00187F47"/>
     <w:rsid w:val="00190745"/>
     <w:rsid w:val="001914C6"/>
@@ -18598,50 +18525,51 @@
     <w:rsid w:val="00463402"/>
     <w:rsid w:val="0046594A"/>
     <w:rsid w:val="00467028"/>
     <w:rsid w:val="00470DEC"/>
     <w:rsid w:val="004717A6"/>
     <w:rsid w:val="0047356D"/>
     <w:rsid w:val="0047373A"/>
     <w:rsid w:val="00473A44"/>
     <w:rsid w:val="00473B56"/>
     <w:rsid w:val="00474C58"/>
     <w:rsid w:val="00480465"/>
     <w:rsid w:val="0048221D"/>
     <w:rsid w:val="004823F0"/>
     <w:rsid w:val="004834C5"/>
     <w:rsid w:val="004838DD"/>
     <w:rsid w:val="00487398"/>
     <w:rsid w:val="00496ED4"/>
     <w:rsid w:val="00497BFA"/>
     <w:rsid w:val="00497C74"/>
     <w:rsid w:val="004A09A1"/>
     <w:rsid w:val="004A1346"/>
     <w:rsid w:val="004A3B34"/>
     <w:rsid w:val="004A4390"/>
     <w:rsid w:val="004A6E86"/>
     <w:rsid w:val="004B2443"/>
+    <w:rsid w:val="004B6BB0"/>
     <w:rsid w:val="004C2ABD"/>
     <w:rsid w:val="004C4F0F"/>
     <w:rsid w:val="004C6255"/>
     <w:rsid w:val="004D2996"/>
     <w:rsid w:val="004D483B"/>
     <w:rsid w:val="004D6178"/>
     <w:rsid w:val="004E1DA9"/>
     <w:rsid w:val="004E1FF3"/>
     <w:rsid w:val="004E5748"/>
     <w:rsid w:val="004E65E4"/>
     <w:rsid w:val="004F46D7"/>
     <w:rsid w:val="004F53F2"/>
     <w:rsid w:val="00501CC5"/>
     <w:rsid w:val="005026C6"/>
     <w:rsid w:val="00503639"/>
     <w:rsid w:val="00503E34"/>
     <w:rsid w:val="00513575"/>
     <w:rsid w:val="00513E19"/>
     <w:rsid w:val="005161F5"/>
     <w:rsid w:val="00516678"/>
     <w:rsid w:val="005166C8"/>
     <w:rsid w:val="00521E19"/>
     <w:rsid w:val="00521EF2"/>
     <w:rsid w:val="0052296C"/>
     <w:rsid w:val="00522A9B"/>
@@ -18775,50 +18703,51 @@
     <w:rsid w:val="006A2869"/>
     <w:rsid w:val="006A31EB"/>
     <w:rsid w:val="006A3498"/>
     <w:rsid w:val="006A4096"/>
     <w:rsid w:val="006B0B4B"/>
     <w:rsid w:val="006B21B4"/>
     <w:rsid w:val="006B7649"/>
     <w:rsid w:val="006B7DB6"/>
     <w:rsid w:val="006C17CF"/>
     <w:rsid w:val="006C19E9"/>
     <w:rsid w:val="006C40EF"/>
     <w:rsid w:val="006C41BC"/>
     <w:rsid w:val="006C4AC3"/>
     <w:rsid w:val="006C6D24"/>
     <w:rsid w:val="006D4B84"/>
     <w:rsid w:val="006D62E2"/>
     <w:rsid w:val="006D6517"/>
     <w:rsid w:val="006F07F1"/>
     <w:rsid w:val="006F45B9"/>
     <w:rsid w:val="006F4C33"/>
     <w:rsid w:val="006F618D"/>
     <w:rsid w:val="006F63DC"/>
     <w:rsid w:val="006F6ADA"/>
     <w:rsid w:val="006F6B57"/>
     <w:rsid w:val="006F76C9"/>
+    <w:rsid w:val="006F77EE"/>
     <w:rsid w:val="00701612"/>
     <w:rsid w:val="0070165C"/>
     <w:rsid w:val="00702721"/>
     <w:rsid w:val="00702EF1"/>
     <w:rsid w:val="0070431E"/>
     <w:rsid w:val="007050ED"/>
     <w:rsid w:val="00705723"/>
     <w:rsid w:val="00711362"/>
     <w:rsid w:val="007115E1"/>
     <w:rsid w:val="00714049"/>
     <w:rsid w:val="00716C93"/>
     <w:rsid w:val="00717729"/>
     <w:rsid w:val="00717826"/>
     <w:rsid w:val="00723D34"/>
     <w:rsid w:val="00723ED0"/>
     <w:rsid w:val="00730949"/>
     <w:rsid w:val="00730AC7"/>
     <w:rsid w:val="0073101A"/>
     <w:rsid w:val="00733113"/>
     <w:rsid w:val="00733F91"/>
     <w:rsid w:val="0073714C"/>
     <w:rsid w:val="007416DF"/>
     <w:rsid w:val="00742991"/>
     <w:rsid w:val="00745C96"/>
     <w:rsid w:val="00745E4C"/>
@@ -18857,50 +18786,51 @@
     <w:rsid w:val="007D220A"/>
     <w:rsid w:val="007D38C2"/>
     <w:rsid w:val="007D5C9E"/>
     <w:rsid w:val="007D5FF9"/>
     <w:rsid w:val="007D619A"/>
     <w:rsid w:val="007E0A6F"/>
     <w:rsid w:val="007E2AE5"/>
     <w:rsid w:val="007E3379"/>
     <w:rsid w:val="007E35CD"/>
     <w:rsid w:val="007E6EEC"/>
     <w:rsid w:val="007F19B1"/>
     <w:rsid w:val="007F2B6C"/>
     <w:rsid w:val="007F3C21"/>
     <w:rsid w:val="00801CC8"/>
     <w:rsid w:val="00803759"/>
     <w:rsid w:val="00805CFD"/>
     <w:rsid w:val="008062B1"/>
     <w:rsid w:val="00810DED"/>
     <w:rsid w:val="008127B4"/>
     <w:rsid w:val="00814E07"/>
     <w:rsid w:val="00814E39"/>
     <w:rsid w:val="0081521A"/>
     <w:rsid w:val="008246B8"/>
     <w:rsid w:val="00830CC2"/>
     <w:rsid w:val="0083109C"/>
+    <w:rsid w:val="00832375"/>
     <w:rsid w:val="008354D3"/>
     <w:rsid w:val="00835EAE"/>
     <w:rsid w:val="0083672B"/>
     <w:rsid w:val="00836999"/>
     <w:rsid w:val="00840970"/>
     <w:rsid w:val="00841072"/>
     <w:rsid w:val="00841B0D"/>
     <w:rsid w:val="0084354F"/>
     <w:rsid w:val="00846FD5"/>
     <w:rsid w:val="008471D6"/>
     <w:rsid w:val="00847827"/>
     <w:rsid w:val="00847FF5"/>
     <w:rsid w:val="00850A48"/>
     <w:rsid w:val="00850F5A"/>
     <w:rsid w:val="00851DF8"/>
     <w:rsid w:val="00852037"/>
     <w:rsid w:val="00852217"/>
     <w:rsid w:val="0085324D"/>
     <w:rsid w:val="0085381F"/>
     <w:rsid w:val="00856606"/>
     <w:rsid w:val="00857587"/>
     <w:rsid w:val="00857A51"/>
     <w:rsid w:val="00860421"/>
     <w:rsid w:val="0086330C"/>
     <w:rsid w:val="008646BB"/>
@@ -21482,76 +21412,67 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="728e1e76-2bbc-4ea0-ad67-1dd959d68748" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9d9a1205-901d-4d9d-a0bf-2509ac019461">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3fa039b1952f5236ece9e55e1b10b22" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007AED9107E47B7543A5673DAC21F98575" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cb4302de766adb1661c15dc5200f39f4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="87d4cb3184782ea5e5d00a9049c81b68" ns2:_="" ns3:_="">
     <xsd:import namespace="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
     <xsd:import namespace="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -21712,126 +21633,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF247983-6372-4E55-B615-A4FFE4B491B6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88E42B83-8507-4FF7-9951-F50A2B3BA14F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <ds:schemaRef ds:uri="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AC12A49-C26C-4483-B37E-C82410E9D34C}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAF4F595-0626-418D-BB23-36486494DCF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>29</Pages>
-  <Words>5807</Words>
-  <Characters>33102</Characters>
+  <Words>6209</Words>
+  <Characters>32664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>275</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>960</Lines>
+  <Paragraphs>777</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UW Oshkosh</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38832</CharactersWithSpaces>
+  <CharactersWithSpaces>38096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>2883594</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>105</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:jasony@expresslub.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1769535</vt:i4>
       </vt:variant>
       <vt:variant>