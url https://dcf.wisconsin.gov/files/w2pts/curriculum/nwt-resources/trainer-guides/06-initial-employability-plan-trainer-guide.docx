--- v0 (2025-12-15)
+++ v1 (2026-03-01)
@@ -3841,71 +3841,78 @@
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Start Date: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>today’s date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; Recurring: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631BEBAA" w14:textId="2111E8D2" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
+    <w:p w14:paraId="631BEBAA" w14:textId="540EAC0F" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Frequency: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Weekly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; Days: </w:t>
+      </w:r>
+      <w:r w:rsidR="0034432A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monday, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Wednesday </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412CB49F" w14:textId="77777777" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Planned End Date: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -4061,67 +4068,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; Activity Description: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Research options for back up </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>child care</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> via the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> website, visit local providers, and make phone calls</w:t>
+        <w:t xml:space="preserve"> via the Youngstar website, visit local providers, and make phone calls</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C446391" w14:textId="7ABC25AE" w:rsidR="004E089A" w:rsidRPr="00157C0E" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Activity Location: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00C00A22">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -4164,78 +4155,85 @@
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Start Date: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>today’s date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; Recurring: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CA426D" w14:textId="7BA3D41F" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
+    <w:p w14:paraId="06CA426D" w14:textId="43B28659" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Frequency: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Weekly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; Days: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tuesday</w:t>
+      </w:r>
+      <w:r w:rsidR="0034432A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, Thursday</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18630121" w14:textId="77777777" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Planned End Date: </w:t>
       </w:r>
       <w:r w:rsidRPr="0058661B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>matches EP end date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292F04F0" w14:textId="77777777" w:rsidR="004E089A" w:rsidRPr="0058661B" w:rsidRDefault="004E089A" w:rsidP="004E089A">
       <w:pPr>
@@ -5441,65 +5439,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A181343" w14:textId="32F5F4BB" w:rsidR="00B64231" w:rsidRDefault="00B64231" w:rsidP="00B64231">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">**After all EP entries are correct and complete, instruct learners to submit </w:t>
       </w:r>
       <w:r w:rsidR="006F3369">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">’s EP and reply after it has been </w:t>
-[...13 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>’s EP and reply after it has been submitted.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7E99DE" w14:textId="77777777" w:rsidR="00CF3A69" w:rsidRDefault="00CF3A69" w:rsidP="00CF3A69"/>
     <w:p w14:paraId="46987FC1" w14:textId="6060097F" w:rsidR="00C7645F" w:rsidRDefault="007E48D6" w:rsidP="00C630A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc208386932"/>
       <w:r>
         <w:t>Brittany</w:t>
       </w:r>
       <w:r w:rsidR="006F3369">
         <w:t xml:space="preserve"> – Initial EP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="006F3369">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103117B4" w14:textId="3A00AA78" w:rsidR="007E48D6" w:rsidRDefault="007E48D6" w:rsidP="007E48D6">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Participation Status</w:t>
@@ -8184,65 +8168,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="722231F3" w14:textId="77777777" w:rsidR="007E48D6" w:rsidRPr="005B3044" w:rsidRDefault="007E48D6" w:rsidP="007E48D6"/>
     <w:p w14:paraId="24E31D08" w14:textId="01A6D225" w:rsidR="007E48D6" w:rsidRDefault="007E48D6" w:rsidP="007E48D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">**After all EP entries are correct and complete, instruct learners to submit </w:t>
       </w:r>
       <w:r w:rsidR="00CE0180">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Brittany</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">’s EP and reply after it has been </w:t>
-[...13 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>’s EP and reply after it has been submitted.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED539D7" w14:textId="77777777" w:rsidR="00301440" w:rsidRPr="003818DA" w:rsidRDefault="00301440">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B0ACFE3" w14:textId="48458CE2" w:rsidR="00301440" w:rsidRPr="00BB4711" w:rsidRDefault="00F6071C" w:rsidP="00835FB6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc208386933"/>
       <w:r w:rsidRPr="00BB4711">
         <w:t>Chantelle</w:t>
       </w:r>
       <w:r w:rsidR="00301440" w:rsidRPr="00BB4711">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00370A69">
         <w:t>– Initial EP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00370A69">
@@ -10446,65 +10416,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="69EE3CCB" w14:textId="77777777" w:rsidR="00835FB6" w:rsidRPr="005B3044" w:rsidRDefault="00835FB6" w:rsidP="00E0552F"/>
     <w:p w14:paraId="739F2DFB" w14:textId="3F7A3E0E" w:rsidR="00835FB6" w:rsidRDefault="00835FB6" w:rsidP="00835FB6">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">**After all EP entries are correct and complete, instruct learners to submit </w:t>
       </w:r>
       <w:r w:rsidR="00B84763">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Chantelle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">’s EP and reply after it has been </w:t>
-[...13 lines deleted...]
-        <w:t>*</w:t>
+        <w:t>’s EP and reply after it has been submitted.**</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C354BB" w14:textId="016A5F44" w:rsidR="00ED0A55" w:rsidRDefault="00ED0A55">
       <w:bookmarkStart w:id="14" w:name="_Toc122531720"/>
       <w:bookmarkStart w:id="15" w:name="_Toc192513753"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0C5F92" w14:textId="77777777" w:rsidR="00ED0A55" w:rsidRPr="00793F9C" w:rsidRDefault="00ED0A55" w:rsidP="00ED0A55">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc208234535"/>
       <w:bookmarkStart w:id="17" w:name="_Toc208386934"/>
       <w:r w:rsidRPr="00793F9C">
         <w:lastRenderedPageBreak/>
         <w:t>Additional Feedback that may be used for specific issues:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="1BBB5BED" w14:textId="77777777" w:rsidR="00ED0A55" w:rsidRPr="00793F9C" w:rsidRDefault="00ED0A55" w:rsidP="00ED0A55">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -11999,86 +11955,86 @@
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3877D04B" w14:textId="77777777" w:rsidR="003C2E7E" w:rsidRDefault="003C2E7E" w:rsidP="00B04913">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
             <w:tab w:val="clear" w:pos="9360"/>
             <w:tab w:val="center" w:pos="4674"/>
             <w:tab w:val="right" w:pos="9348"/>
           </w:tabs>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="677EA104" w14:textId="77777777" w:rsidR="003C2E7E" w:rsidRPr="001C0473" w:rsidRDefault="00C601D2" w:rsidP="001C0473">
+      <w:p w14:paraId="677EA104" w14:textId="77777777" w:rsidR="003C2E7E" w:rsidRPr="001C0473" w:rsidRDefault="00241F17" w:rsidP="001C0473">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7FF3F323" w14:textId="77777777" w:rsidR="003C2E7E" w:rsidRDefault="003C2E7E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-512451920"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="04EC99C9" w14:textId="2CA55491" w:rsidR="00F74B4F" w:rsidRDefault="00F74B4F" w:rsidP="00F74B4F">
+      <w:p w14:paraId="04EC99C9" w14:textId="2A893A9F" w:rsidR="00F74B4F" w:rsidRDefault="00F74B4F" w:rsidP="00F74B4F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00B652C0">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>DFES/Partner Training Team</w:t>
         </w:r>
         <w:r w:rsidRPr="00B652C0">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
         </w:r>
         <w:r w:rsidRPr="00B652C0">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
@@ -12099,76 +12055,58 @@
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00B652C0">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00B652C0">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
-        <w:r w:rsidR="005914C8">
+        <w:r w:rsidR="00241F17">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>9/</w:t>
-[...17 lines deleted...]
-          <w:t>/25</w:t>
+          <w:t>1/16/26</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="7ADFB391" w14:textId="5127F59E" w:rsidR="003C2E7E" w:rsidRPr="000146BC" w:rsidRDefault="00C96980" w:rsidP="000146BC">
+      <w:p w14:paraId="7ADFB391" w14:textId="1905441B" w:rsidR="003C2E7E" w:rsidRPr="000146BC" w:rsidRDefault="00C96980" w:rsidP="000146BC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
           </w:pBdr>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="001C0473">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>S:…</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="000352C4">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -12191,81 +12129,57 @@
           <w:t>06_Initial_</w:t>
         </w:r>
         <w:r w:rsidR="00402B49">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>EmployabilityPlan_Trainer</w:t>
         </w:r>
         <w:r w:rsidR="003C2E7E">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Guide_</w:t>
         </w:r>
         <w:r w:rsidR="00F60CD7">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
-        <w:r w:rsidR="005914C8">
+        <w:r w:rsidR="00241F17">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>9</w:t>
-[...23 lines deleted...]
-          <w:t>25</w:t>
+          <w:t>11626</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E86C441" w14:textId="77777777" w:rsidR="00237DB7" w:rsidRDefault="00237DB7" w:rsidP="001C0473">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D52890F" w14:textId="77777777" w:rsidR="00237DB7" w:rsidRDefault="00237DB7" w:rsidP="001C0473">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="462908FC" w14:textId="77777777" w:rsidR="00237DB7" w:rsidRDefault="00237DB7"/>
@@ -14506,50 +14420,51 @@
     <w:rsid w:val="001F2851"/>
     <w:rsid w:val="001F48A9"/>
     <w:rsid w:val="001F711C"/>
     <w:rsid w:val="00203114"/>
     <w:rsid w:val="00203F94"/>
     <w:rsid w:val="002041EC"/>
     <w:rsid w:val="00204446"/>
     <w:rsid w:val="00206FF4"/>
     <w:rsid w:val="00211533"/>
     <w:rsid w:val="0021389B"/>
     <w:rsid w:val="00213C22"/>
     <w:rsid w:val="00214C82"/>
     <w:rsid w:val="00214ED3"/>
     <w:rsid w:val="00224671"/>
     <w:rsid w:val="002253C1"/>
     <w:rsid w:val="00225B3B"/>
     <w:rsid w:val="00225EF4"/>
     <w:rsid w:val="00226295"/>
     <w:rsid w:val="00227E19"/>
     <w:rsid w:val="002307BD"/>
     <w:rsid w:val="0023145E"/>
     <w:rsid w:val="00232633"/>
     <w:rsid w:val="002330D8"/>
     <w:rsid w:val="00235ADE"/>
     <w:rsid w:val="00237DB7"/>
+    <w:rsid w:val="00241F17"/>
     <w:rsid w:val="002476CE"/>
     <w:rsid w:val="00247A37"/>
     <w:rsid w:val="00247D5D"/>
     <w:rsid w:val="002510FE"/>
     <w:rsid w:val="00252B9D"/>
     <w:rsid w:val="00255145"/>
     <w:rsid w:val="00257B49"/>
     <w:rsid w:val="0026016E"/>
     <w:rsid w:val="00262D2A"/>
     <w:rsid w:val="00263D19"/>
     <w:rsid w:val="002642DD"/>
     <w:rsid w:val="00264C6F"/>
     <w:rsid w:val="002667DC"/>
     <w:rsid w:val="00266901"/>
     <w:rsid w:val="00266FC6"/>
     <w:rsid w:val="00270705"/>
     <w:rsid w:val="00270E9A"/>
     <w:rsid w:val="00273200"/>
     <w:rsid w:val="00275D51"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00281A2F"/>
     <w:rsid w:val="00281DE7"/>
     <w:rsid w:val="00286DC7"/>
     <w:rsid w:val="002872D5"/>
     <w:rsid w:val="0029304B"/>
@@ -14560,53 +14475,55 @@
     <w:rsid w:val="002B1C9C"/>
     <w:rsid w:val="002B5E3E"/>
     <w:rsid w:val="002B6DA9"/>
     <w:rsid w:val="002C039D"/>
     <w:rsid w:val="002C04DD"/>
     <w:rsid w:val="002C35C6"/>
     <w:rsid w:val="002C406F"/>
     <w:rsid w:val="002C615C"/>
     <w:rsid w:val="002C668C"/>
     <w:rsid w:val="002C7696"/>
     <w:rsid w:val="002D021D"/>
     <w:rsid w:val="002D1A9C"/>
     <w:rsid w:val="002E0C89"/>
     <w:rsid w:val="002E1CF2"/>
     <w:rsid w:val="002E3B96"/>
     <w:rsid w:val="002E5EA2"/>
     <w:rsid w:val="002E6B14"/>
     <w:rsid w:val="002F3139"/>
     <w:rsid w:val="00301440"/>
     <w:rsid w:val="00313970"/>
     <w:rsid w:val="003235A1"/>
     <w:rsid w:val="00324168"/>
     <w:rsid w:val="0032607D"/>
     <w:rsid w:val="00327ABA"/>
     <w:rsid w:val="00332FFC"/>
+    <w:rsid w:val="00333717"/>
     <w:rsid w:val="00336893"/>
     <w:rsid w:val="00337639"/>
     <w:rsid w:val="0034078B"/>
+    <w:rsid w:val="0034432A"/>
     <w:rsid w:val="00344B82"/>
     <w:rsid w:val="00345788"/>
     <w:rsid w:val="003617BD"/>
     <w:rsid w:val="00361D7B"/>
     <w:rsid w:val="0036217C"/>
     <w:rsid w:val="003638FD"/>
     <w:rsid w:val="003661BC"/>
     <w:rsid w:val="003673B0"/>
     <w:rsid w:val="0037070B"/>
     <w:rsid w:val="00370A69"/>
     <w:rsid w:val="00370AD8"/>
     <w:rsid w:val="00374B1A"/>
     <w:rsid w:val="00377E75"/>
     <w:rsid w:val="00377F9D"/>
     <w:rsid w:val="003818DA"/>
     <w:rsid w:val="00382467"/>
     <w:rsid w:val="00384034"/>
     <w:rsid w:val="003850B4"/>
     <w:rsid w:val="0038776A"/>
     <w:rsid w:val="003978AF"/>
     <w:rsid w:val="003A1F89"/>
     <w:rsid w:val="003A4C64"/>
     <w:rsid w:val="003A4CC4"/>
     <w:rsid w:val="003A4F07"/>
     <w:rsid w:val="003A6148"/>
@@ -14848,96 +14765,98 @@
     <w:rsid w:val="007B2585"/>
     <w:rsid w:val="007B2A2B"/>
     <w:rsid w:val="007B6127"/>
     <w:rsid w:val="007B7683"/>
     <w:rsid w:val="007C0CA7"/>
     <w:rsid w:val="007C19C5"/>
     <w:rsid w:val="007C6E46"/>
     <w:rsid w:val="007C7AFD"/>
     <w:rsid w:val="007D4D7B"/>
     <w:rsid w:val="007D72F6"/>
     <w:rsid w:val="007D7ED2"/>
     <w:rsid w:val="007E16B3"/>
     <w:rsid w:val="007E2E31"/>
     <w:rsid w:val="007E3D79"/>
     <w:rsid w:val="007E4649"/>
     <w:rsid w:val="007E48D6"/>
     <w:rsid w:val="007F2513"/>
     <w:rsid w:val="007F2CC6"/>
     <w:rsid w:val="007F71D4"/>
     <w:rsid w:val="008029CE"/>
     <w:rsid w:val="00803E09"/>
     <w:rsid w:val="008106A8"/>
     <w:rsid w:val="00811B0B"/>
     <w:rsid w:val="00812C44"/>
     <w:rsid w:val="00815272"/>
+    <w:rsid w:val="00817027"/>
     <w:rsid w:val="0082007C"/>
     <w:rsid w:val="00824B0E"/>
     <w:rsid w:val="0083518F"/>
     <w:rsid w:val="00835FB6"/>
     <w:rsid w:val="008362BF"/>
     <w:rsid w:val="008402C6"/>
     <w:rsid w:val="00843528"/>
     <w:rsid w:val="00843E73"/>
     <w:rsid w:val="00844160"/>
     <w:rsid w:val="00846834"/>
     <w:rsid w:val="00850A37"/>
     <w:rsid w:val="00862900"/>
     <w:rsid w:val="00863FC5"/>
     <w:rsid w:val="008648AB"/>
     <w:rsid w:val="008707E2"/>
     <w:rsid w:val="008716BE"/>
     <w:rsid w:val="008809AC"/>
     <w:rsid w:val="00881483"/>
     <w:rsid w:val="00883A52"/>
     <w:rsid w:val="008854B2"/>
     <w:rsid w:val="00885994"/>
     <w:rsid w:val="00890795"/>
     <w:rsid w:val="00895DB6"/>
     <w:rsid w:val="0089623F"/>
     <w:rsid w:val="008A0A64"/>
     <w:rsid w:val="008A0D4A"/>
     <w:rsid w:val="008A5ED0"/>
     <w:rsid w:val="008A6A8C"/>
     <w:rsid w:val="008A6D16"/>
     <w:rsid w:val="008B07DC"/>
     <w:rsid w:val="008B6B2E"/>
     <w:rsid w:val="008B7CAE"/>
     <w:rsid w:val="008C11D1"/>
     <w:rsid w:val="008C4100"/>
     <w:rsid w:val="008C5EBC"/>
     <w:rsid w:val="008D77FD"/>
     <w:rsid w:val="008E0D76"/>
     <w:rsid w:val="008E16B7"/>
     <w:rsid w:val="008E3A1A"/>
     <w:rsid w:val="008E3EE8"/>
     <w:rsid w:val="008E4F21"/>
     <w:rsid w:val="008E5693"/>
     <w:rsid w:val="008E6E9B"/>
     <w:rsid w:val="008E775C"/>
     <w:rsid w:val="008F1593"/>
     <w:rsid w:val="008F6F76"/>
+    <w:rsid w:val="00903D03"/>
     <w:rsid w:val="00905480"/>
     <w:rsid w:val="0091226B"/>
     <w:rsid w:val="00913108"/>
     <w:rsid w:val="00913CDC"/>
     <w:rsid w:val="009157F0"/>
     <w:rsid w:val="00916642"/>
     <w:rsid w:val="00916811"/>
     <w:rsid w:val="00916CBE"/>
     <w:rsid w:val="00920010"/>
     <w:rsid w:val="00920DF4"/>
     <w:rsid w:val="00921453"/>
     <w:rsid w:val="009226A9"/>
     <w:rsid w:val="00924D90"/>
     <w:rsid w:val="009267E0"/>
     <w:rsid w:val="00926F1B"/>
     <w:rsid w:val="00932045"/>
     <w:rsid w:val="00935207"/>
     <w:rsid w:val="009355AE"/>
     <w:rsid w:val="00937B42"/>
     <w:rsid w:val="00941BAE"/>
     <w:rsid w:val="00942D16"/>
     <w:rsid w:val="00944BAA"/>
     <w:rsid w:val="009543BD"/>
     <w:rsid w:val="00955CCA"/>
     <w:rsid w:val="00956135"/>
@@ -17094,52 +17013,67 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007AED9107E47B7543A5673DAC21F98575" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d476ecd42b74623f7bf67eeed73087c8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3fa039b1952f5236ece9e55e1b10b22" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="728e1e76-2bbc-4ea0-ad67-1dd959d68748" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9d9a1205-901d-4d9d-a0bf-2509ac019461">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007AED9107E47B7543A5673DAC21F98575" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="75cbf982ec08cc35a41d26a675c3493a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7ca69668ecbd2177a5c4bb9e2fe7841" ns2:_="" ns3:_="">
     <xsd:import namespace="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
     <xsd:import namespace="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -17300,156 +17234,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A936FD-6672-4581-B403-10299A3FC90A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{281C2CED-E7B4-4924-862C-42B68B0C25AA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
-    <ds:schemaRef ds:uri="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
+    <ds:schemaRef ds:uri="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA34378B-4F43-4327-97CE-0A172C0F367B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{281C2CED-E7B4-4924-862C-42B68B0C25AA}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{248F09F8-1998-465E-B56A-BBFCB3F9118B}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A8ABA68-9EEC-475C-90FB-777BF8CE5F15}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>4639</Words>
-  <Characters>26446</Characters>
+  <Words>4905</Words>
+  <Characters>26198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>220</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>708</Lines>
+  <Paragraphs>536</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UW Oshkosh</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31023</CharactersWithSpaces>
+  <CharactersWithSpaces>30567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="84" baseType="variant">
       <vt:variant>
         <vt:i4>1114148</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>81</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:PTTTrainingSupp@wisconsin.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1048636</vt:i4>
       </vt:variant>
       <vt:variant>