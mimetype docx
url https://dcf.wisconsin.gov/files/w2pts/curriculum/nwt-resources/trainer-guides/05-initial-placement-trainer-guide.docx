--- v0 (2025-12-15)
+++ v1 (2026-02-28)
@@ -2437,72 +2437,88 @@
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Placement: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">CSJ – </w:t>
       </w:r>
       <w:r w:rsidR="002E00AE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Community Service Job</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B307568" w14:textId="40CA8DB8" w:rsidR="006E6960" w:rsidRPr="009F5ECA" w:rsidRDefault="00786E90" w:rsidP="006E6960">
+    <w:p w14:paraId="5B307568" w14:textId="40CA8DB8" w:rsidR="006E6960" w:rsidRPr="008E03D2" w:rsidRDefault="00786E90" w:rsidP="007033F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Placement Begin</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Date: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>today’s date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E812F1" w14:textId="66E8A056" w:rsidR="008E03D2" w:rsidRPr="009F5ECA" w:rsidRDefault="008E03D2" w:rsidP="008E03D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Note: We don’t specifically tell learners they must enter today’s date. If they backdate the placement to the date</w:t>
+      </w:r>
+      <w:r w:rsidR="007033F9">
+        <w:t xml:space="preserve"> Chantelle became eligible for W-2, that’s okay. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D14F38A" w14:textId="77777777" w:rsidR="006E6960" w:rsidRDefault="006E6960" w:rsidP="006E6960"/>
     <w:p w14:paraId="57CFF064" w14:textId="77777777" w:rsidR="006E6960" w:rsidRDefault="006E6960" w:rsidP="006E6960">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Case Comments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448D7B1A" w14:textId="3423FEEB" w:rsidR="009044C6" w:rsidRDefault="009044C6" w:rsidP="009044C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Learners can edit comments </w:t>
       </w:r>
       <w:r w:rsidR="004D2322">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
@@ -3553,65 +3569,65 @@
     <w:p w14:paraId="34B1D26E" w14:textId="77777777" w:rsidR="00F26C36" w:rsidRDefault="00F26C36" w:rsidP="00F26C36"/>
     <w:p w14:paraId="21194EB3" w14:textId="77777777" w:rsidR="00F26C36" w:rsidRDefault="00F26C36" w:rsidP="00F26C36"/>
     <w:p w14:paraId="62ECE199" w14:textId="75569B1E" w:rsidR="00F26C36" w:rsidRPr="003E2F64" w:rsidRDefault="00F26C36" w:rsidP="00F26C36">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62212A64" w14:textId="77777777" w:rsidR="00DF46CD" w:rsidRPr="00DF46CD" w:rsidRDefault="00DF46CD" w:rsidP="00CF2ADA"/>
     <w:sectPr w:rsidR="00DF46CD" w:rsidRPr="00DF46CD" w:rsidSect="00DB523C">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6663C94A" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="55AAD4E5" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC" w:rsidP="00CE3BB0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B549C8D" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="0D6A2737" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC" w:rsidP="00CE3BB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AA13A6D" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F"/>
+    <w:p w14:paraId="0C8F9298" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3649,51 +3665,51 @@
     <w:panose1 w:val="020B0609040504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="568A04D5" w14:textId="2495050D" w:rsidR="00DA2C45" w:rsidRDefault="00DF2FEA" w:rsidP="00DF2FEA">
+  <w:p w14:paraId="568A04D5" w14:textId="096C1663" w:rsidR="00DA2C45" w:rsidRDefault="00DF2FEA" w:rsidP="00DF2FEA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>DFES/Partner Training Team</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
@@ -3719,75 +3735,61 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00511688">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>09/</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="003A0E74">
+    <w:r w:rsidR="007033F9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...13 lines deleted...]
-      <w:t>/25</w:t>
+      <w:t>1/16/26</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C273E02" w14:textId="79DF3142" w:rsidR="002D37AF" w:rsidRPr="00E746BA" w:rsidRDefault="00000000" w:rsidP="00DF2FEA">
+  <w:p w14:paraId="3C273E02" w14:textId="57EE581E" w:rsidR="002D37AF" w:rsidRPr="00E746BA" w:rsidRDefault="00000000" w:rsidP="00DF2FEA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:id w:val="-165321087"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
@@ -3817,102 +3819,81 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Trainer\</w:t>
         </w:r>
         <w:r w:rsidR="00095EE0">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>05_Initial_</w:t>
         </w:r>
         <w:r w:rsidR="00B21534">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Placement_TrainerGuide_</w:t>
         </w:r>
         <w:r w:rsidR="00BF5D0D">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>0</w:t>
         </w:r>
-        <w:r w:rsidR="00511688">
+        <w:r w:rsidR="007033F9">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>9</w:t>
-[...20 lines deleted...]
-          <w:t>25</w:t>
+          <w:t>11626</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26384064" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="5797E4F1" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC" w:rsidP="00CE3BB0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E1C4FC7" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F" w:rsidP="00CE3BB0">
+    <w:p w14:paraId="4736A0B7" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC" w:rsidP="00CE3BB0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AC42BBC" w14:textId="77777777" w:rsidR="00BD177F" w:rsidRDefault="00BD177F"/>
+    <w:p w14:paraId="0FE5F7B1" w14:textId="77777777" w:rsidR="00752EEC" w:rsidRDefault="00752EEC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="684FC296" w14:textId="35F414AD" w:rsidR="002D37AF" w:rsidRPr="00CE3BB0" w:rsidRDefault="00BC401A" w:rsidP="00CE3BB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="thickThinSmallGap" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">05 Initial </w:t>
     </w:r>
     <w:r w:rsidR="0001721A">
       <w:rPr>
@@ -8398,50 +8379,51 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYyMrewNDOzMDS2tDQztzRX0lEKTi0uzszPAykwrwUA/sOxzSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DF46CD"/>
     <w:rsid w:val="000113C4"/>
     <w:rsid w:val="000133F1"/>
+    <w:rsid w:val="0001678B"/>
     <w:rsid w:val="0001721A"/>
     <w:rsid w:val="00023C8D"/>
     <w:rsid w:val="000327E0"/>
     <w:rsid w:val="000329A8"/>
     <w:rsid w:val="000331C0"/>
     <w:rsid w:val="00034E14"/>
     <w:rsid w:val="0003501B"/>
     <w:rsid w:val="00042CEB"/>
     <w:rsid w:val="00045697"/>
     <w:rsid w:val="00051CC8"/>
     <w:rsid w:val="00065A94"/>
     <w:rsid w:val="000739A0"/>
     <w:rsid w:val="00075CCE"/>
     <w:rsid w:val="00076440"/>
     <w:rsid w:val="00095202"/>
     <w:rsid w:val="00095EE0"/>
     <w:rsid w:val="000A0646"/>
     <w:rsid w:val="000A2AB7"/>
     <w:rsid w:val="000B2DEF"/>
     <w:rsid w:val="000C2A69"/>
     <w:rsid w:val="000D0C00"/>
     <w:rsid w:val="000D1E5E"/>
     <w:rsid w:val="000E6E8A"/>
     <w:rsid w:val="000F60DA"/>
     <w:rsid w:val="000F74BE"/>
@@ -8645,141 +8627,146 @@
     <w:rsid w:val="00654246"/>
     <w:rsid w:val="00655970"/>
     <w:rsid w:val="00661A00"/>
     <w:rsid w:val="00662343"/>
     <w:rsid w:val="006746B9"/>
     <w:rsid w:val="00680F4E"/>
     <w:rsid w:val="00684C05"/>
     <w:rsid w:val="0069138A"/>
     <w:rsid w:val="00694C9E"/>
     <w:rsid w:val="006962E2"/>
     <w:rsid w:val="00696E80"/>
     <w:rsid w:val="006A04F6"/>
     <w:rsid w:val="006A05E4"/>
     <w:rsid w:val="006A101A"/>
     <w:rsid w:val="006A3498"/>
     <w:rsid w:val="006A4CED"/>
     <w:rsid w:val="006A7A98"/>
     <w:rsid w:val="006B4E1E"/>
     <w:rsid w:val="006C4AC3"/>
     <w:rsid w:val="006C6FC7"/>
     <w:rsid w:val="006E6960"/>
     <w:rsid w:val="006F4626"/>
     <w:rsid w:val="006F76C9"/>
     <w:rsid w:val="0070165C"/>
     <w:rsid w:val="00702EF1"/>
+    <w:rsid w:val="007033F9"/>
     <w:rsid w:val="0070431E"/>
     <w:rsid w:val="00711362"/>
     <w:rsid w:val="0071149E"/>
     <w:rsid w:val="00714049"/>
     <w:rsid w:val="00714AE5"/>
     <w:rsid w:val="00716DE2"/>
     <w:rsid w:val="00717729"/>
     <w:rsid w:val="00724965"/>
     <w:rsid w:val="00730949"/>
     <w:rsid w:val="00730AC7"/>
     <w:rsid w:val="0073101A"/>
     <w:rsid w:val="00737D75"/>
     <w:rsid w:val="007416DF"/>
     <w:rsid w:val="007426A8"/>
     <w:rsid w:val="007446EA"/>
     <w:rsid w:val="00746636"/>
+    <w:rsid w:val="00752EEC"/>
     <w:rsid w:val="007564C1"/>
     <w:rsid w:val="00767383"/>
     <w:rsid w:val="007678E8"/>
     <w:rsid w:val="0077397B"/>
     <w:rsid w:val="00773B2D"/>
     <w:rsid w:val="00775522"/>
     <w:rsid w:val="00776A74"/>
     <w:rsid w:val="00777390"/>
     <w:rsid w:val="0077785A"/>
     <w:rsid w:val="00782DFC"/>
     <w:rsid w:val="00786E90"/>
     <w:rsid w:val="00787A01"/>
     <w:rsid w:val="007900E3"/>
     <w:rsid w:val="007A4B79"/>
     <w:rsid w:val="007A6140"/>
     <w:rsid w:val="007B23F6"/>
     <w:rsid w:val="007D0A27"/>
     <w:rsid w:val="007D619A"/>
     <w:rsid w:val="007E0A6F"/>
     <w:rsid w:val="007E2AE5"/>
     <w:rsid w:val="007E3379"/>
     <w:rsid w:val="007E6862"/>
     <w:rsid w:val="007E6EEC"/>
     <w:rsid w:val="007F19B1"/>
     <w:rsid w:val="007F2B6C"/>
+    <w:rsid w:val="007F33F0"/>
     <w:rsid w:val="007F673E"/>
     <w:rsid w:val="00810DED"/>
     <w:rsid w:val="008127B4"/>
     <w:rsid w:val="008128C9"/>
     <w:rsid w:val="00812A28"/>
     <w:rsid w:val="008246B8"/>
     <w:rsid w:val="00827076"/>
     <w:rsid w:val="00830CC2"/>
     <w:rsid w:val="00840970"/>
     <w:rsid w:val="008471D6"/>
     <w:rsid w:val="00851DF8"/>
     <w:rsid w:val="00852037"/>
     <w:rsid w:val="0085381F"/>
     <w:rsid w:val="00860421"/>
     <w:rsid w:val="00876C70"/>
     <w:rsid w:val="00880E3D"/>
     <w:rsid w:val="00882C15"/>
     <w:rsid w:val="00883606"/>
     <w:rsid w:val="00885D0F"/>
     <w:rsid w:val="0089052E"/>
     <w:rsid w:val="00893080"/>
     <w:rsid w:val="00893F2B"/>
     <w:rsid w:val="008A0359"/>
     <w:rsid w:val="008A1444"/>
     <w:rsid w:val="008A5115"/>
     <w:rsid w:val="008B0AFA"/>
     <w:rsid w:val="008B0FCC"/>
     <w:rsid w:val="008B3B4B"/>
     <w:rsid w:val="008C0D1B"/>
     <w:rsid w:val="008C0FEA"/>
     <w:rsid w:val="008C3447"/>
     <w:rsid w:val="008C4832"/>
     <w:rsid w:val="008C6F43"/>
+    <w:rsid w:val="008E03D2"/>
     <w:rsid w:val="008E2FA9"/>
     <w:rsid w:val="008E428F"/>
     <w:rsid w:val="008E5730"/>
     <w:rsid w:val="008E639D"/>
     <w:rsid w:val="008F29AC"/>
     <w:rsid w:val="00900B75"/>
     <w:rsid w:val="009044C6"/>
     <w:rsid w:val="00905480"/>
     <w:rsid w:val="009108D1"/>
     <w:rsid w:val="00916251"/>
     <w:rsid w:val="00916944"/>
     <w:rsid w:val="0092677A"/>
     <w:rsid w:val="00927F10"/>
     <w:rsid w:val="00954767"/>
     <w:rsid w:val="00972454"/>
     <w:rsid w:val="0097668B"/>
     <w:rsid w:val="009A2649"/>
+    <w:rsid w:val="009A27A3"/>
     <w:rsid w:val="009A3EAB"/>
     <w:rsid w:val="009A4071"/>
     <w:rsid w:val="009C49C9"/>
     <w:rsid w:val="009C7385"/>
     <w:rsid w:val="009C7624"/>
     <w:rsid w:val="009C7E90"/>
     <w:rsid w:val="009D25C6"/>
     <w:rsid w:val="009D2BEE"/>
     <w:rsid w:val="009D40D4"/>
     <w:rsid w:val="009D67B8"/>
     <w:rsid w:val="009E057D"/>
     <w:rsid w:val="009E0BC0"/>
     <w:rsid w:val="009E1017"/>
     <w:rsid w:val="009E1311"/>
     <w:rsid w:val="009E2976"/>
     <w:rsid w:val="009E30D2"/>
     <w:rsid w:val="009F1C38"/>
     <w:rsid w:val="009F3526"/>
     <w:rsid w:val="009F5ECA"/>
     <w:rsid w:val="00A25F9B"/>
     <w:rsid w:val="00A27310"/>
     <w:rsid w:val="00A522FD"/>
     <w:rsid w:val="00A53A6E"/>
     <w:rsid w:val="00A53F0F"/>
     <w:rsid w:val="00A65393"/>
@@ -10906,65 +10893,76 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007AED9107E47B7543A5673DAC21F98575" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d476ecd42b74623f7bf67eeed73087c8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3fa039b1952f5236ece9e55e1b10b22" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="728e1e76-2bbc-4ea0-ad67-1dd959d68748" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9d9a1205-901d-4d9d-a0bf-2509ac019461">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007AED9107E47B7543A5673DAC21F98575" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="75cbf982ec08cc35a41d26a675c3493a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d9a1205-901d-4d9d-a0bf-2509ac019461" xmlns:ns3="728e1e76-2bbc-4ea0-ad67-1dd959d68748" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7ca69668ecbd2177a5c4bb9e2fe7841" ns2:_="" ns3:_="">
     <xsd:import namespace="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
     <xsd:import namespace="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -11125,118 +11123,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAF4F595-0626-418D-BB23-36486494DCF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC6AE6A5-C60A-4366-BB1A-19117DAB1DEF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E29CBAE-3F96-44B4-821C-BB0666008FCA}">
-[...17 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88E42B83-8507-4FF7-9951-F50A2B3BA14F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="728e1e76-2bbc-4ea0-ad67-1dd959d68748"/>
     <ds:schemaRef ds:uri="9d9a1205-901d-4d9d-a0bf-2509ac019461"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6063EC20-E50B-49D4-9A2A-385714B85A2C}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1244</Words>
-  <Characters>7092</Characters>
+  <Words>1349</Words>
+  <Characters>7151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>238</Lines>
+  <Paragraphs>180</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UW Oshkosh</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="108" baseType="variant">
       <vt:variant>
         <vt:i4>2883594</vt:i4>
       </vt:variant>