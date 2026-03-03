--- v0 (2025-12-05)
+++ v1 (2026-03-03)
@@ -1,321 +1,312 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Desktop\Drupel\Website Content-Stats\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\SCANS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EE60E0A9-ED7D-4E39-BAA3-B872BEF7B11B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{645839A1-1ECF-4BB9-96FA-490BEBC53A54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{B87978F7-706D-45D0-B845-B92E2658F522}"/>
+    <workbookView xWindow="3570" yWindow="2700" windowWidth="21600" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="CY Collections" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="34">
+  <si>
+    <t>MONTH</t>
+  </si>
+  <si>
+    <t>AFDC</t>
+  </si>
+  <si>
+    <t>CC</t>
+  </si>
+  <si>
+    <t>CF-Levy</t>
+  </si>
+  <si>
+    <t>CF-Warrant</t>
+  </si>
+  <si>
+    <t>FS</t>
+  </si>
+  <si>
+    <t>JAL</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>W-2</t>
+  </si>
+  <si>
+    <t>CY 2025 TOTAL</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Feb</t>
+  </si>
+  <si>
+    <t>Mar</t>
+  </si>
+  <si>
+    <t>Apr</t>
+  </si>
+  <si>
+    <t>May</t>
+  </si>
+  <si>
+    <t>Jun</t>
+  </si>
+  <si>
+    <t>Jul</t>
+  </si>
+  <si>
+    <t>Aug</t>
+  </si>
+  <si>
+    <t>Sep</t>
+  </si>
+  <si>
+    <t>Oct</t>
+  </si>
+  <si>
+    <t>Nov</t>
+  </si>
+  <si>
+    <t>Dec</t>
+  </si>
+  <si>
+    <t>TOTAL:</t>
+  </si>
+  <si>
+    <t>DTI</t>
+  </si>
+  <si>
+    <t>ITI</t>
+  </si>
+  <si>
+    <t>JAL In-Kind</t>
+  </si>
+  <si>
+    <t>LEVY</t>
+  </si>
+  <si>
+    <t>VOL/CASH</t>
+  </si>
+  <si>
+    <t>WARRANT</t>
+  </si>
   <si>
     <t>CY Collections</t>
   </si>
   <si>
     <t>Recoupment NOT Included</t>
   </si>
   <si>
     <t>Collection Totals CY 2025</t>
   </si>
   <si>
     <t>COLLECTIONS BY PROGRAM</t>
   </si>
   <si>
-    <t>MONTH</t>
-[...58 lines deleted...]
-  <si>
     <t>COLLECTIONS BY METHOD</t>
-  </si>
-[...16 lines deleted...]
-    <t>WARRANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="\$#,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color rgb="FF333333"/>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <color rgb="FF000000"/>
+      <sz val="12"/>
+      <color rgb="FF333333"/>
       <name val="Arial"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF31C7C6"/>
+        <fgColor rgb="FFFCFDFD"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFCFDFD"/>
+        <fgColor rgb="FF31C7C6"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -610,903 +601,964 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FAF2A97-1180-427B-AC7B-61C5D93038C8}">
-  <dimension ref="A1:K31"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="B1:L39"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" topLeftCell="A19" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.109375" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="13.21875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="0.7109375" customWidth="1"/>
+    <col min="2" max="2" width="7.42578125" customWidth="1"/>
+    <col min="3" max="11" width="12.85546875" customWidth="1"/>
+    <col min="12" max="12" width="84.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="2:12" s="1" customFormat="1" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:12" s="1" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
+      <c r="L2" s="10"/>
+    </row>
+    <row r="3" spans="2:12" s="1" customFormat="1" ht="4.1500000000000004" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="2:12" s="1" customFormat="1" ht="10.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="12"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="12"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="12"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="12"/>
+    </row>
+    <row r="5" spans="2:12" s="1" customFormat="1" ht="4.9000000000000004" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:12" s="1" customFormat="1" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+    </row>
+    <row r="7" spans="2:12" s="1" customFormat="1" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="14"/>
+    </row>
+    <row r="8" spans="2:12" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="11"/>
+    </row>
+    <row r="9" spans="2:12" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2"/>
-[...50 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="C9" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="4"/>
-[...11 lines deleted...]
-      <c r="A6" s="5" t="s">
+      <c r="D9" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="5"/>
-[...11 lines deleted...]
-      <c r="A7" s="6" t="s">
+      <c r="E9" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="6"/>
-[...11 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="F9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="8" t="s">
+      <c r="G9" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="H9" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="I9" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="E8" s="8" t="s">
+      <c r="J9" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F8" s="8" t="s">
+      <c r="K9" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="G8" s="8" t="s">
+    </row>
+    <row r="10" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="H8" s="8" t="s">
+      <c r="C10" s="4">
+        <v>3750.04</v>
+      </c>
+      <c r="D10" s="4">
+        <v>82595.759999999995</v>
+      </c>
+      <c r="E10" s="4">
+        <v>1542.06</v>
+      </c>
+      <c r="F10" s="4">
+        <v>170</v>
+      </c>
+      <c r="G10" s="4">
+        <v>169701.65</v>
+      </c>
+      <c r="H10" s="4">
+        <v>69994.720000000001</v>
+      </c>
+      <c r="I10" s="4">
+        <v>2888.42</v>
+      </c>
+      <c r="J10" s="4">
+        <v>30286.55</v>
+      </c>
+      <c r="K10" s="5">
+        <v>360929.2</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I8" s="8" t="s">
+      <c r="C11" s="4">
+        <v>5088.68</v>
+      </c>
+      <c r="D11" s="4">
+        <v>277512.58</v>
+      </c>
+      <c r="E11" s="4">
+        <v>6283.27</v>
+      </c>
+      <c r="F11" s="4">
+        <v>751.25</v>
+      </c>
+      <c r="G11" s="4">
+        <v>477237.7</v>
+      </c>
+      <c r="H11" s="4">
+        <v>425990.02</v>
+      </c>
+      <c r="I11" s="4">
+        <v>2524.81</v>
+      </c>
+      <c r="J11" s="4">
+        <v>98140.71</v>
+      </c>
+      <c r="K11" s="5">
+        <v>1293529.02</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="J8" s="7" t="s">
+      <c r="C12" s="4">
+        <v>5917.09</v>
+      </c>
+      <c r="D12" s="4">
+        <v>119393.23</v>
+      </c>
+      <c r="E12" s="4">
+        <v>4450.38</v>
+      </c>
+      <c r="F12" s="4">
+        <v>332.25</v>
+      </c>
+      <c r="G12" s="4">
+        <v>1026562.4</v>
+      </c>
+      <c r="H12" s="4">
+        <v>116477.8</v>
+      </c>
+      <c r="I12" s="4">
+        <v>2826.02</v>
+      </c>
+      <c r="J12" s="4">
+        <v>45491.77</v>
+      </c>
+      <c r="K12" s="5">
+        <v>1321450.94</v>
+      </c>
+    </row>
+    <row r="13" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="K8" s="1"/>
-[...2 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="C13" s="4">
+        <v>7329.08</v>
+      </c>
+      <c r="D13" s="4">
+        <v>165546.6</v>
+      </c>
+      <c r="E13" s="4">
+        <v>5039.18</v>
+      </c>
+      <c r="F13" s="4">
+        <v>548.66</v>
+      </c>
+      <c r="G13" s="4">
+        <v>659588.21</v>
+      </c>
+      <c r="H13" s="4">
+        <v>130691.76</v>
+      </c>
+      <c r="I13" s="4">
+        <v>2474.3000000000002</v>
+      </c>
+      <c r="J13" s="4">
+        <v>49050.31</v>
+      </c>
+      <c r="K13" s="5">
+        <v>1020268.1</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B9" s="9">
-[...29 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="C14" s="4">
+        <v>4159.25</v>
+      </c>
+      <c r="D14" s="4">
+        <v>107961.51</v>
+      </c>
+      <c r="E14" s="4">
+        <v>3966.28</v>
+      </c>
+      <c r="F14" s="4">
+        <v>382.83</v>
+      </c>
+      <c r="G14" s="4">
+        <v>475615.070000001</v>
+      </c>
+      <c r="H14" s="4">
+        <v>55579.45</v>
+      </c>
+      <c r="I14" s="4">
+        <v>2397.16</v>
+      </c>
+      <c r="J14" s="4">
+        <v>28047.09</v>
+      </c>
+      <c r="K14" s="5">
+        <v>678108.64</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B10" s="9">
-[...29 lines deleted...]
-      <c r="A11" s="7" t="s">
+      <c r="C15" s="4">
+        <v>4225.26</v>
+      </c>
+      <c r="D15" s="4">
+        <v>100699.08</v>
+      </c>
+      <c r="E15" s="4">
+        <v>3984.2</v>
+      </c>
+      <c r="F15" s="4">
+        <v>313.25</v>
+      </c>
+      <c r="G15" s="4">
+        <v>185167.49</v>
+      </c>
+      <c r="H15" s="4">
+        <v>58067.31</v>
+      </c>
+      <c r="I15" s="4">
+        <v>1985</v>
+      </c>
+      <c r="J15" s="4">
+        <v>24462.32</v>
+      </c>
+      <c r="K15" s="5">
+        <v>378903.91</v>
+      </c>
+    </row>
+    <row r="16" spans="2:12" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="9">
-[...29 lines deleted...]
-      <c r="A12" s="7" t="s">
+      <c r="C16" s="4">
+        <v>6902.26</v>
+      </c>
+      <c r="D16" s="4">
+        <v>75829.36</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2120.27</v>
+      </c>
+      <c r="F16" s="4">
+        <v>670.98</v>
+      </c>
+      <c r="G16" s="4">
+        <v>174208.41</v>
+      </c>
+      <c r="H16" s="4">
+        <v>32837.78</v>
+      </c>
+      <c r="I16" s="4">
+        <v>2051.33</v>
+      </c>
+      <c r="J16" s="4">
+        <v>24760.19</v>
+      </c>
+      <c r="K16" s="5">
+        <v>319380.58</v>
+      </c>
+    </row>
+    <row r="17" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="9">
-[...23 lines deleted...]
-      <c r="J12" s="10">
+      <c r="C17" s="4">
+        <v>2886</v>
+      </c>
+      <c r="D17" s="4">
+        <v>60502.79</v>
+      </c>
+      <c r="E17" s="4">
+        <v>2156.14</v>
+      </c>
+      <c r="F17" s="4">
+        <v>150.34</v>
+      </c>
+      <c r="G17" s="4">
+        <v>141602.92000000001</v>
+      </c>
+      <c r="H17" s="4">
+        <v>22539.65</v>
+      </c>
+      <c r="I17" s="4">
+        <v>1965.07</v>
+      </c>
+      <c r="J17" s="4">
+        <v>18060.16</v>
+      </c>
+      <c r="K17" s="5">
+        <v>249863.07</v>
+      </c>
+    </row>
+    <row r="18" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="4">
+        <v>3103.83</v>
+      </c>
+      <c r="D18" s="4">
+        <v>75760.100000000006</v>
+      </c>
+      <c r="E18" s="4">
+        <v>2786.91</v>
+      </c>
+      <c r="F18" s="4">
+        <v>220</v>
+      </c>
+      <c r="G18" s="4">
+        <v>164228.47</v>
+      </c>
+      <c r="H18" s="4">
+        <v>17449.36</v>
+      </c>
+      <c r="I18" s="4">
+        <v>1963.09</v>
+      </c>
+      <c r="J18" s="4">
+        <v>25211.03</v>
+      </c>
+      <c r="K18" s="5">
+        <v>290722.78999999998</v>
+      </c>
+    </row>
+    <row r="19" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="4">
+        <v>2215</v>
+      </c>
+      <c r="D19" s="4">
+        <v>102740.42</v>
+      </c>
+      <c r="E19" s="4">
+        <v>2228.33</v>
+      </c>
+      <c r="F19" s="4">
+        <v>279.83</v>
+      </c>
+      <c r="G19" s="4">
+        <v>132164.73000000001</v>
+      </c>
+      <c r="H19" s="4">
+        <v>18293.46</v>
+      </c>
+      <c r="I19" s="4">
+        <v>1947.12</v>
+      </c>
+      <c r="J19" s="4">
+        <v>22426.07</v>
+      </c>
+      <c r="K19" s="5">
+        <v>282294.96000000002</v>
+      </c>
+    </row>
+    <row r="20" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="4">
+        <v>2264</v>
+      </c>
+      <c r="D20" s="4">
+        <v>57799.31</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1778.37</v>
+      </c>
+      <c r="F20" s="4">
+        <v>139.16999999999999</v>
+      </c>
+      <c r="G20" s="4">
+        <v>99852.160000000003</v>
+      </c>
+      <c r="H20" s="4">
+        <v>11154.64</v>
+      </c>
+      <c r="I20" s="4">
+        <v>1905</v>
+      </c>
+      <c r="J20" s="4">
+        <v>14686.99</v>
+      </c>
+      <c r="K20" s="5">
+        <v>189579.64</v>
+      </c>
+    </row>
+    <row r="21" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="4">
+        <v>6770.55</v>
+      </c>
+      <c r="D21" s="4">
+        <v>54792.3</v>
+      </c>
+      <c r="E21" s="4">
+        <v>1487.45</v>
+      </c>
+      <c r="F21" s="4">
+        <v>221</v>
+      </c>
+      <c r="G21" s="4">
+        <v>240711</v>
+      </c>
+      <c r="H21" s="4">
+        <v>9213.98</v>
+      </c>
+      <c r="I21" s="4">
+        <v>1835</v>
+      </c>
+      <c r="J21" s="4">
+        <v>17632.439999999999</v>
+      </c>
+      <c r="K21" s="5">
+        <v>332663.71999999997</v>
+      </c>
+    </row>
+    <row r="22" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="5">
+        <v>54611.040000000001</v>
+      </c>
+      <c r="D22" s="5">
+        <v>1281133.04</v>
+      </c>
+      <c r="E22" s="5">
+        <v>37822.839999999997</v>
+      </c>
+      <c r="F22" s="5">
+        <v>4179.5600000000004</v>
+      </c>
+      <c r="G22" s="5">
+        <v>3946640.21</v>
+      </c>
+      <c r="H22" s="5">
+        <v>968289.93</v>
+      </c>
+      <c r="I22" s="5">
+        <v>26762.32</v>
+      </c>
+      <c r="J22" s="5">
+        <v>398255.63</v>
+      </c>
+      <c r="K22" s="5">
+        <v>6717694.5700000003</v>
+      </c>
+    </row>
+    <row r="23" spans="2:11" s="1" customFormat="1" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="2:11" s="1" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="11"/>
+    </row>
+    <row r="25" spans="2:11" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="7">
+        <v>101596.8</v>
+      </c>
+      <c r="D26" s="7">
+        <v>64873.9900000001</v>
+      </c>
+      <c r="E26" s="7">
+        <v>2182.2600000000002</v>
+      </c>
+      <c r="F26" s="7">
+        <v>58582.45</v>
+      </c>
+      <c r="G26" s="7">
+        <v>132072.70000000001</v>
+      </c>
+      <c r="H26" s="7">
+        <v>1621</v>
+      </c>
+      <c r="I26" s="8">
+        <v>360929.2</v>
+      </c>
+    </row>
+    <row r="27" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="9">
+        <v>989524.18000000098</v>
+      </c>
+      <c r="D27" s="9">
+        <v>112989.51</v>
+      </c>
+      <c r="E27" s="9">
+        <v>1232.5</v>
+      </c>
+      <c r="F27" s="9">
+        <v>44034.11</v>
+      </c>
+      <c r="G27" s="9">
+        <v>143799.41</v>
+      </c>
+      <c r="H27" s="9">
+        <v>1949.31</v>
+      </c>
+      <c r="I27" s="8">
+        <v>1293529.02</v>
+      </c>
+    </row>
+    <row r="28" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="7">
+        <v>316497.09999999998</v>
+      </c>
+      <c r="D28" s="7">
+        <v>808944.11000000301</v>
+      </c>
+      <c r="E28" s="7">
+        <v>1718.26</v>
+      </c>
+      <c r="F28" s="7">
+        <v>42858.27</v>
+      </c>
+      <c r="G28" s="7">
+        <v>147934.01</v>
+      </c>
+      <c r="H28" s="7">
+        <v>3499.19</v>
+      </c>
+      <c r="I28" s="8">
+        <v>1321450.94</v>
+      </c>
+    </row>
+    <row r="29" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="9">
+        <v>416174.15</v>
+      </c>
+      <c r="D29" s="9">
+        <v>350384.43</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1149.1400000000001</v>
+      </c>
+      <c r="F29" s="9">
+        <v>63550.73</v>
+      </c>
+      <c r="G29" s="9">
+        <v>186778.65</v>
+      </c>
+      <c r="H29" s="9">
+        <v>2231</v>
+      </c>
+      <c r="I29" s="8">
         <v>1020268.1</v>
       </c>
-      <c r="K12" s="1"/>
-[...2 lines deleted...]
-      <c r="A13" s="7" t="s">
+    </row>
+    <row r="30" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="7">
+        <v>111295.15</v>
+      </c>
+      <c r="D30" s="7">
+        <v>320451.38</v>
+      </c>
+      <c r="E30" s="7">
+        <v>1294.1400000000001</v>
+      </c>
+      <c r="F30" s="7">
+        <v>63184.29</v>
+      </c>
+      <c r="G30" s="7">
+        <v>181118.68</v>
+      </c>
+      <c r="H30" s="7">
+        <v>765</v>
+      </c>
+      <c r="I30" s="8">
+        <v>678108.64</v>
+      </c>
+    </row>
+    <row r="31" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C31" s="9">
+        <v>114754.85</v>
+      </c>
+      <c r="D31" s="9">
+        <v>70252.509999999995</v>
+      </c>
+      <c r="E31" s="9">
+        <v>2428.75</v>
+      </c>
+      <c r="F31" s="9">
+        <v>67573</v>
+      </c>
+      <c r="G31" s="9">
+        <v>122317.96</v>
+      </c>
+      <c r="H31" s="9">
+        <v>1576.84</v>
+      </c>
+      <c r="I31" s="8">
+        <v>378903.91</v>
+      </c>
+    </row>
+    <row r="32" spans="2:11" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C32" s="7">
+        <v>58219.88</v>
+      </c>
+      <c r="D32" s="7">
+        <v>61659.3500000001</v>
+      </c>
+      <c r="E32" s="7">
+        <v>1011.38</v>
+      </c>
+      <c r="F32" s="7">
+        <v>54068.9</v>
+      </c>
+      <c r="G32" s="7">
+        <v>139893.94</v>
+      </c>
+      <c r="H32" s="7">
+        <v>4527.13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>319380.58</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="9">
+        <v>32991.19</v>
+      </c>
+      <c r="D33" s="9">
+        <v>66391.860000000102</v>
+      </c>
+      <c r="E33" s="9">
+        <v>1486.26</v>
+      </c>
+      <c r="F33" s="9">
+        <v>50499.63</v>
+      </c>
+      <c r="G33" s="9">
+        <v>97404.13</v>
+      </c>
+      <c r="H33" s="9">
+        <v>1090</v>
+      </c>
+      <c r="I33" s="8">
+        <v>249863.07</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="9">
-[...29 lines deleted...]
-      <c r="A14" s="7" t="s">
+      <c r="C34" s="7">
+        <v>12232.34</v>
+      </c>
+      <c r="D34" s="7">
+        <v>58225.440000000002</v>
+      </c>
+      <c r="E34" s="7">
+        <v>391.5</v>
+      </c>
+      <c r="F34" s="7">
+        <v>69233.37</v>
+      </c>
+      <c r="G34" s="7">
+        <v>149220.31</v>
+      </c>
+      <c r="H34" s="7">
+        <v>1419.83</v>
+      </c>
+      <c r="I34" s="8">
+        <v>290722.78999999998</v>
+      </c>
+    </row>
+    <row r="35" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="9">
-[...29 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="C35" s="9">
+        <v>32450.39</v>
+      </c>
+      <c r="D35" s="9"/>
+      <c r="E35" s="9">
+        <v>667</v>
+      </c>
+      <c r="F35" s="9">
+        <v>59291.76</v>
+      </c>
+      <c r="G35" s="9">
+        <v>182027.51999999999</v>
+      </c>
+      <c r="H35" s="9">
+        <v>7858.29</v>
+      </c>
+      <c r="I35" s="8">
+        <v>282294.96000000002</v>
+      </c>
+    </row>
+    <row r="36" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="9">
-[...29 lines deleted...]
-      <c r="A16" s="7" t="s">
+      <c r="C36" s="7">
+        <v>15729.56</v>
+      </c>
+      <c r="D36" s="7">
+        <v>4392.0600000000004</v>
+      </c>
+      <c r="E36" s="7">
+        <v>87</v>
+      </c>
+      <c r="F36" s="7">
+        <v>46699.81</v>
+      </c>
+      <c r="G36" s="7">
+        <v>121406.21</v>
+      </c>
+      <c r="H36" s="7">
+        <v>1265</v>
+      </c>
+      <c r="I36" s="8">
+        <v>189579.64</v>
+      </c>
+    </row>
+    <row r="37" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B16" s="9">
-[...29 lines deleted...]
-      <c r="A17" s="7" t="s">
+      <c r="C37" s="9">
+        <v>18517.16</v>
+      </c>
+      <c r="D37" s="9">
+        <v>134779.5</v>
+      </c>
+      <c r="E37" s="9">
+        <v>58</v>
+      </c>
+      <c r="F37" s="9">
+        <v>49475.06</v>
+      </c>
+      <c r="G37" s="9">
+        <v>128443</v>
+      </c>
+      <c r="H37" s="9">
+        <v>1391</v>
+      </c>
+      <c r="I37" s="8">
+        <v>332663.71999999997</v>
+      </c>
+    </row>
+    <row r="38" spans="2:9" s="1" customFormat="1" ht="19.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="9">
-[...407 lines deleted...]
-    </row>
+      <c r="C38" s="8">
+        <v>2219982.75</v>
+      </c>
+      <c r="D38" s="8">
+        <v>2053344.14</v>
+      </c>
+      <c r="E38" s="8">
+        <v>13706.19</v>
+      </c>
+      <c r="F38" s="8">
+        <v>669051.38</v>
+      </c>
+      <c r="G38" s="8">
+        <v>1732416.52</v>
+      </c>
+      <c r="H38" s="8">
+        <v>29193.59</v>
+      </c>
+      <c r="I38" s="8">
+        <v>6717694.5700000003</v>
+      </c>
+    </row>
+    <row r="39" spans="2:9" s="1" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A1:K1"/>
-[...4 lines deleted...]
-    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="B6:L6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape"/>
+  <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>CY Collections</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ferstl, April - DCF</dc:creator>
+  <dc:creator>SERVER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>