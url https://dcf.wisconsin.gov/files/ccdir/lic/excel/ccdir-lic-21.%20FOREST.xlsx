--- v0 (2025-12-14)
+++ v1 (2026-02-22)
@@ -4,296 +4,243 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Directory-Web" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="72">
   <si>
     <t>Facility Name</t>
   </si>
   <si>
-    <t xml:space="preserve">MARY'S DAYCARE                                    </t>
+    <t xml:space="preserve">A-BINOOJII CHILD DEVELOPMENT CENTER               </t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
-    <t>KIRCHER, MARY M</t>
+    <t>SMITH, TONYA</t>
   </si>
   <si>
     <t>Full Time</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>Address</t>
-  </si>
-[...77 lines deleted...]
-    <t>SMITH, TONYA</t>
   </si>
   <si>
     <t xml:space="preserve">3120 Eagles Nest Ln      
 Crandon, Wi 54520-8110</t>
   </si>
   <si>
+    <t>Phone #</t>
+  </si>
+  <si>
     <t>715-478-6444</t>
   </si>
   <si>
+    <t>LICENSED Capacity</t>
+  </si>
+  <si>
+    <t>LICENSED Date</t>
+  </si>
+  <si>
     <t>07/18/2022</t>
   </si>
   <si>
+    <t>From Age</t>
+  </si>
+  <si>
+    <t>0 Year(s), 0 Month(s), 6 Week(s)</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
     <t>LICENSED GROUP</t>
   </si>
   <si>
+    <t>Months</t>
+  </si>
+  <si>
+    <t>Jan-Dec</t>
+  </si>
+  <si>
+    <t>To Age</t>
+  </si>
+  <si>
     <t>5 Year(s), 11 Month(s), 0 Week(s)</t>
   </si>
   <si>
+    <t>Facility ID</t>
+  </si>
+  <si>
     <t>630487</t>
   </si>
   <si>
+    <t>Hours</t>
+  </si>
+  <si>
     <t>06:45 AM-</t>
   </si>
   <si>
+    <t>Star Level</t>
+  </si>
+  <si>
     <t>2 Stars</t>
   </si>
   <si>
+    <t>Provider Number</t>
+  </si>
+  <si>
     <t>8000561378</t>
+  </si>
+  <si>
+    <t>Location Number</t>
+  </si>
+  <si>
+    <t>001</t>
   </si>
   <si>
     <t xml:space="preserve">CRANDON HEAD START                                </t>
   </si>
   <si>
     <t>PITTS, MELONIE</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">508 S Central Ave      
 Crandon, Wi 54520-1509</t>
   </si>
   <si>
     <t>715-478-0278</t>
   </si>
   <si>
     <t>09/29/2014</t>
   </si>
   <si>
     <t>3 Year(s), 0 Month(s), 0 Week(s)</t>
   </si>
   <si>
     <t>Sep-Jun</t>
   </si>
   <si>
     <t>6 Year(s), 11 Month(s), 0 Week(s)</t>
   </si>
   <si>
     <t>2002102</t>
   </si>
   <si>
     <t>07:00 AM-04:00 PM</t>
   </si>
   <si>
     <t>5 Stars</t>
   </si>
   <si>
     <t>4000564934</t>
   </si>
   <si>
     <t>036</t>
   </si>
   <si>
-    <t xml:space="preserve">RISING SUN DAYCARE                                </t>
-[...23 lines deleted...]
-  <si>
     <t xml:space="preserve">WABENO HEAD START                                 </t>
   </si>
   <si>
     <t>VANDER VELDE, KRISTINE</t>
   </si>
   <si>
     <t xml:space="preserve">4108 Quinlan St      
 Wabeno, Wi 54566-9233</t>
   </si>
   <si>
     <t>715-473-5033</t>
   </si>
   <si>
     <t>01/27/1998</t>
   </si>
   <si>
     <t>620438</t>
   </si>
   <si>
     <t>07:00 AM-04:30 PM</t>
   </si>
   <si>
     <t>007</t>
   </si>
   <si>
     <t xml:space="preserve">LAONA LEARNING CENTER                             </t>
   </si>
   <si>
     <t>HOWEN, LESLIE</t>
   </si>
   <si>
     <t xml:space="preserve">5216 Forest Ave      
 Laona, Wi 54541-9375</t>
   </si>
   <si>
     <t>715-674-2143</t>
   </si>
   <si>
     <t>02/03/2017</t>
   </si>
   <si>
     <t>PUBLIC SCHOOL PROGRAM</t>
   </si>
   <si>
+    <t>12 Year(s), 11 Month(s), 0 Week(s)</t>
+  </si>
+  <si>
     <t>2100086</t>
   </si>
   <si>
     <t>06:30 AM-05:30 PM</t>
+  </si>
+  <si>
+    <t>3 Stars</t>
   </si>
   <si>
     <t>3000588163</t>
   </si>
   <si>
     <t xml:space="preserve">LITTLE LOGROLLERS DAYCARE                         </t>
   </si>
   <si>
     <t>DEMARS, NICOLE</t>
   </si>
   <si>
     <t xml:space="preserve">4346 Mill Ln      
 Wabeno, Wi 54566-9264</t>
   </si>
   <si>
     <t>715-473-2592</t>
   </si>
   <si>
     <t>08/22/2019</t>
   </si>
   <si>
     <t>2004716</t>
   </si>
   <si>
     <t>06:00 AM-06:00 PM</t>
@@ -500,65 +447,64 @@
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M57"/>
+  <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="82288e-6" customWidth="1"/>
     <col min="2" max="2" width="14.2603986666667" customWidth="1"/>
     <col min="3" max="5" width="4448e-6" customWidth="1"/>
     <col min="6" max="6" width="35.7949" customWidth="1"/>
     <col min="7" max="7" width="14.2603986666667" customWidth="1"/>
     <col min="8" max="10" width="4448e-6" customWidth="1"/>
     <col min="11" max="11" width="23.3867986666667" customWidth="1"/>
     <col min="12" max="12" width="14.2603986666667" customWidth="1"/>
     <col min="13" max="13" width="36.9357" customWidth="1"/>
-    <col min="14" max="14" width="4.67767866666667" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="2" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="4" t="s">
         <v>4</v>
       </c>
@@ -567,51 +513,51 @@
       </c>
     </row>
     <row r="3" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
       <c r="K3" s="9"/>
       <c r="L3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="10">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="B4" s="11"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="8"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="12"/>
       <c r="M4" s="13"/>
     </row>
     <row r="5" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B5" s="14"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="8" t="s">
         <v>11</v>
       </c>
@@ -704,1088 +650,737 @@
     </row>
     <row r="9" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="10" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B10" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="4" t="s">
         <v>4</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>5</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H11" s="9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="10">
         <v>20</v>
       </c>
     </row>
     <row r="12" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="B12" s="11"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="8"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="12"/>
       <c r="M12" s="13"/>
     </row>
     <row r="13" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B13" s="14"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H13" s="9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="8" t="s">
         <v>13</v>
       </c>
       <c r="M13" s="15" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="16" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="16"/>
       <c r="G14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="9" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="8" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="8" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B16" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" s="18"/>
       <c r="E16" s="18"/>
       <c r="F16" s="18"/>
       <c r="G16" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="20" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I16" s="20"/>
       <c r="J16" s="20"/>
       <c r="K16" s="20"/>
       <c r="L16" s="21"/>
       <c r="M16" s="22"/>
     </row>
     <row r="17" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="18" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B18" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="4" t="s">
         <v>4</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
       <c r="G19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
       <c r="K19" s="9"/>
       <c r="L19" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M19" s="10">
         <v>20</v>
       </c>
     </row>
     <row r="20" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
       <c r="G20" s="8"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="12"/>
       <c r="M20" s="13"/>
     </row>
     <row r="21" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B21" s="14"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
       <c r="G21" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="9" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="M21" s="15" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B22" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="16" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="9" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="15" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
     </row>
     <row r="23" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="16" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="9" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="8" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="15" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B24" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="D24" s="18"/>
       <c r="E24" s="18"/>
       <c r="F24" s="18"/>
       <c r="G24" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="20" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I24" s="20"/>
       <c r="J24" s="20"/>
       <c r="K24" s="20"/>
       <c r="L24" s="21"/>
       <c r="M24" s="22"/>
     </row>
     <row r="25" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="26" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B26" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="4" t="s">
         <v>4</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H27" s="9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M27" s="10">
         <v>50</v>
       </c>
     </row>
     <row r="28" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="B28" s="11"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="8"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="12"/>
       <c r="M28" s="13"/>
     </row>
     <row r="29" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B29" s="14"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="7"/>
       <c r="F29" s="7"/>
       <c r="G29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H29" s="9" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="8" t="s">
         <v>13</v>
       </c>
       <c r="M29" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B30" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="16" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="8" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="9" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="9"/>
       <c r="K30" s="9"/>
       <c r="L30" s="8" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="15" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="16" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="9" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
       <c r="K31" s="9"/>
       <c r="L31" s="8" t="s">
         <v>25</v>
       </c>
       <c r="M31" s="15" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
     </row>
     <row r="32" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B32" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D32" s="18"/>
       <c r="E32" s="18"/>
       <c r="F32" s="18"/>
       <c r="G32" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="20" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="I32" s="20"/>
       <c r="J32" s="20"/>
       <c r="K32" s="20"/>
       <c r="L32" s="21"/>
       <c r="M32" s="22"/>
     </row>
     <row r="33" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
     <row r="34" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B34" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="4" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="4" t="s">
         <v>4</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>44</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="H35" s="9" t="s">
         <v>67</v>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="9"/>
       <c r="K35" s="9"/>
       <c r="L35" s="8" t="s">
         <v>10</v>
       </c>
       <c r="M35" s="10">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" s="1" customFormat="1" ht="5.333" customHeight="1">
       <c r="B36" s="11"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
       <c r="F36" s="7"/>
       <c r="G36" s="8"/>
       <c r="H36" s="9"/>
       <c r="I36" s="9"/>
       <c r="J36" s="9"/>
       <c r="K36" s="9"/>
       <c r="L36" s="12"/>
       <c r="M36" s="13"/>
     </row>
     <row r="37" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B37" s="14"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="9" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="9"/>
       <c r="K37" s="9"/>
       <c r="L37" s="8" t="s">
         <v>13</v>
       </c>
       <c r="M37" s="15" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B38" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C38" s="16" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D38" s="16"/>
       <c r="E38" s="16"/>
       <c r="F38" s="16"/>
       <c r="G38" s="8" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="9" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="9"/>
       <c r="K38" s="9"/>
       <c r="L38" s="8" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="15" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C39" s="16" t="s">
         <v>69</v>
       </c>
       <c r="D39" s="16"/>
       <c r="E39" s="16"/>
       <c r="F39" s="16"/>
       <c r="G39" s="8" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="9" t="s">
         <v>70</v>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="9"/>
       <c r="K39" s="9"/>
       <c r="L39" s="8" t="s">
         <v>25</v>
       </c>
       <c r="M39" s="15" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" s="1" customFormat="1" ht="14.3991" customHeight="1">
       <c r="B40" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="19" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="20" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="I40" s="20"/>
       <c r="J40" s="20"/>
       <c r="K40" s="20"/>
       <c r="L40" s="21"/>
       <c r="M40" s="22"/>
     </row>
-    <row r="41" s="1" customFormat="1" ht="533300e-6" customHeight="1"/>
-[...325 lines deleted...]
-    <row r="57" s="1" customFormat="1" ht="28.7982" customHeight="1"/>
   </sheetData>
-  <mergeCells count="84">
+  <mergeCells count="60">
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C11:F13"/>
     <mergeCell ref="C14:F14"/>
     <mergeCell ref="C15:F15"/>
     <mergeCell ref="C16:F16"/>
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="C19:F21"/>
     <mergeCell ref="C2:F2"/>
     <mergeCell ref="C22:F22"/>
     <mergeCell ref="C23:F23"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="C27:F29"/>
     <mergeCell ref="C3:F5"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="C31:F31"/>
     <mergeCell ref="C32:F32"/>
     <mergeCell ref="C34:F34"/>
     <mergeCell ref="C35:F37"/>
     <mergeCell ref="C38:F38"/>
     <mergeCell ref="C39:F39"/>
     <mergeCell ref="C40:F40"/>
-    <mergeCell ref="C42:F42"/>
-[...8 lines deleted...]
-    <mergeCell ref="C56:F56"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="H10:K10"/>
     <mergeCell ref="H11:K11"/>
     <mergeCell ref="H12:K12"/>
     <mergeCell ref="H13:K13"/>
     <mergeCell ref="H14:K14"/>
     <mergeCell ref="H15:K15"/>
     <mergeCell ref="H16:K16"/>
     <mergeCell ref="H18:K18"/>
     <mergeCell ref="H19:K19"/>
     <mergeCell ref="H2:K2"/>
     <mergeCell ref="H20:K20"/>
     <mergeCell ref="H21:K21"/>
     <mergeCell ref="H22:K22"/>
     <mergeCell ref="H23:K23"/>
     <mergeCell ref="H24:K24"/>
     <mergeCell ref="H26:K26"/>
     <mergeCell ref="H27:K27"/>
     <mergeCell ref="H28:K28"/>
     <mergeCell ref="H29:K29"/>
     <mergeCell ref="H3:K3"/>
     <mergeCell ref="H30:K30"/>
     <mergeCell ref="H31:K31"/>
     <mergeCell ref="H32:K32"/>
     <mergeCell ref="H34:K34"/>
     <mergeCell ref="H35:K35"/>
     <mergeCell ref="H36:K36"/>
     <mergeCell ref="H37:K37"/>
     <mergeCell ref="H38:K38"/>
     <mergeCell ref="H39:K39"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="H40:K40"/>
-    <mergeCell ref="H42:K42"/>
-[...5 lines deleted...]
-    <mergeCell ref="H48:K48"/>
     <mergeCell ref="H5:K5"/>
-    <mergeCell ref="H50:K50"/>
-[...5 lines deleted...]
-    <mergeCell ref="H56:K56"/>
     <mergeCell ref="H6:K6"/>
     <mergeCell ref="H7:K7"/>
     <mergeCell ref="H8:K8"/>
   </mergeCells>
   <pageSetup paperSize="1" scale="100" orientation="landscape"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">